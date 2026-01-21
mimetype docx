--- v0 (2025-11-10)
+++ v1 (2026-01-21)
@@ -167,51 +167,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В мероприятии были задействованы сотрудники Центра "Лидер". Нашимиспециалистами были развернуты выставочные экспозиции, на которыхлюбой желяющий мог попробовать самостоятельноуправлять беспилотными летательными аппаратамии робототехническими средствами на симуляторе, атакже почувствовать себя начинающим медработником, провестиискусственную вентиляцию легких на роботе-тренажере Гоше, наложитьшины на места условных переломов и травм. Специалистыкинологической службы Центра со своими четвероногими подопечнымипродемонстрировали интересную, яркую и динамичную программу. Вовремя показательных выступлений собаки демонстрировали свои уменияв рамках общего курса дрессировки, беспрекословно выполняяполученные команды.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>